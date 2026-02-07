--- v0 (2025-10-09)
+++ v1 (2026-02-07)
@@ -14,115 +14,119 @@
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId29"/>
+    <p:notesMasterId r:id="rId31"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
     <p:sldId id="259" r:id="rId4"/>
     <p:sldId id="260" r:id="rId5"/>
     <p:sldId id="261" r:id="rId6"/>
     <p:sldId id="263" r:id="rId7"/>
     <p:sldId id="398" r:id="rId8"/>
-    <p:sldId id="408" r:id="rId9"/>
-[...18 lines deleted...]
-    <p:sldId id="416" r:id="rId28"/>
+    <p:sldId id="419" r:id="rId9"/>
+    <p:sldId id="408" r:id="rId10"/>
+    <p:sldId id="399" r:id="rId11"/>
+    <p:sldId id="400" r:id="rId12"/>
+    <p:sldId id="401" r:id="rId13"/>
+    <p:sldId id="402" r:id="rId14"/>
+    <p:sldId id="403" r:id="rId15"/>
+    <p:sldId id="404" r:id="rId16"/>
+    <p:sldId id="406" r:id="rId17"/>
+    <p:sldId id="266" r:id="rId18"/>
+    <p:sldId id="405" r:id="rId19"/>
+    <p:sldId id="407" r:id="rId20"/>
+    <p:sldId id="412" r:id="rId21"/>
+    <p:sldId id="413" r:id="rId22"/>
+    <p:sldId id="414" r:id="rId23"/>
+    <p:sldId id="410" r:id="rId24"/>
+    <p:sldId id="411" r:id="rId25"/>
+    <p:sldId id="397" r:id="rId26"/>
+    <p:sldId id="390" r:id="rId27"/>
+    <p:sldId id="415" r:id="rId28"/>
+    <p:sldId id="416" r:id="rId29"/>
+    <p:sldId id="418" r:id="rId30"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -229,82 +233,82 @@
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15993" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="45" d="100"/>
           <a:sy n="45" d="100"/>
         </p:scale>
-        <p:origin x="283" y="264"/>
+        <p:origin x="1094" y="264"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -349,51 +353,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{3A4B8D0A-356C-4809-8ACC-B511A7592AA9}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -621,51 +625,51 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -773,51 +777,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9BD0188B-C8FA-44C3-B88E-606664425326}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>20</a:t>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1504000945"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -983,51 +987,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE7E9BDD-E78D-C72D-2481-0FC9689C96C4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB6678E7-AC10-6F4C-DB87-29B06E8F135F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1181,51 +1185,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF644564-BF75-CEA6-9F38-258548C20CCE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C93FAAC-9043-EE2B-966B-2E1F0DB5FE43}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1389,51 +1393,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{317C20C7-1BC7-93CB-B4C2-B13257B3A40C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9269521-DFE4-AC86-9B47-9942144602B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1587,51 +1591,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A016023-E941-B420-BED4-EF93A404C261}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3643257-AAF7-DB9F-5D9C-A357039108AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1862,51 +1866,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BC42F2A-798B-4C67-1FBB-157047156EF4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{015C4A56-DC16-1DFF-01F0-F873D617DD00}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2127,51 +2131,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75B3BC63-652B-C111-C0A7-BD2CEDDB2714}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5232AAE-26DC-5975-93C2-703980B87144}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2539,51 +2543,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FBCAF8A-3828-9872-50E7-6C5E78929665}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26FB0F52-AEA8-1E7F-8C97-98EFFBDEE1C6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2680,51 +2684,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E825E28C-EB6A-0811-ADEE-70546408455A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE05A25D-FACE-4CAD-E4A2-B2B0D96AD951}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2793,51 +2797,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62488677-7CB5-66D2-F1B7-9696C5126174}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D257829C-5696-09EE-C7C3-F6A4F916FFAF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3104,51 +3108,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCAC9D39-427D-364D-A2F3-83E73AF1AC27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71C5A356-08B2-0307-0ABF-0850B72CFAE7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3392,51 +3396,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95A25D69-8C51-94A1-C395-4748F2A65DB4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F96AB39C-3F02-248C-D3D7-39C0ABBBE818}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3637,51 +3641,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="82000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{067A20D6-82FE-411B-AB21-33C2CC9B552D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>10/14/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2546775A-FBDA-C7D2-333F-BA89BBCB6E28}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -4054,110 +4058,118 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rodneybrooks.com/why-todays-humanoids-wont-learn-dexterity/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quantamagazine.org/touch-our-most-complex-sense-is-a-landscape-of-cellular-sensors-20250416/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
@@ -4284,334 +4296,460 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{223F3C4E-4C37-0707-4E5C-8D265976C997}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD1EA596-D2F1-6BE0-10F5-EFDDFE7C9192}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Best I have been able to do so far: </a:t>
-[...16 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3281289-8A9B-DD4D-A785-0F706DCA9C08}"/>
+              <a:t>To be specific</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCD191EC-C09A-63E5-9ADA-DF82879F956B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...3 lines deleted...]
-          </a:bodyPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1808692"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>An astronaut is standing on the far side of the moon during what on earth is called a total lunar eclipse. They are looking in the direction of the earth. What they see is: </a:t>
-[...48 lines deleted...]
-              <a:t>…</a:t>
+              <a:t>GPT-5 Thinking rarely gives an obviously foolish or inappropriate answer to questions that </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Are easy and commonsensical</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Are sensible questions with clear-cut answers.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Are purely textual: Input and output are text and answering them does not require referring to some non-text information source.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Do not involve very long chains of thought</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Do not involve interpersonal relations between the bot and the users</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="513536732"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3678564412"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C3D2524-2080-56EB-1007-EEDBF24B5DB3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{223F3C4E-4C37-0707-4E5C-8D265976C997}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>GPT-5 Thinking: Answer</a:t>
-[...9 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD7511A-6C62-DA01-845A-C8F1ADF29900}"/>
+              <a:t>Best I have been able to do so far: </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>(I have not done a lot of experimentation.)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3281289-8A9B-DD4D-A785-0F706DCA9C08}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
-[...49 lines deleted...]
-          </a:p>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>An astronaut is standing on the far side of the moon during what on earth is called a total lunar eclipse. They are looking in the direction of the earth. What they see is: </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>A. The surface of the moon, illuminated by earth light.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> B. The night side of the earth, occluding the sun. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>C. The surface of the moon, illuminated only by starlight. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>D. The surface of the moon, illuminated by the sun. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>E. The sun. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>F. The day side of the earth, with a small circular shadow moving quickly over it. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>…</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="605281549"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="513536732"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C3D2524-2080-56EB-1007-EEDBF24B5DB3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>GPT-5 Thinking: Answer</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD7511A-6C62-DA01-845A-C8F1ADF29900}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>C. The surface of the moon, illuminated only by starlight.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Reason: A “total lunar eclipse” (as seen from Earth) means Earth is directly between the Sun and the Moon; the Moon sits in Earth’s umbra, so </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>no part of the lunar surface receives direct sunlight</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. From the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>far side</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> of the Moon, Earth is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>always</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> below the horizon (never visible), so there’s no earthlight or view of the eclipsed Sun/earth-ring either. With no lunar atmosphere to scatter light around the limb, the far side is effectively in true night—only starlight (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+              </a:rPr>
+              <a:t>and vanishingly small light reflected from the near side</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>) remains.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="605281549"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5C24FEE-074C-FBAF-C303-94AACCB9DFE0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>GPT-5 Thinking still gives foolish answers:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4666,51 +4804,51 @@
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>I’ll give examples of the ones in bold-face.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2098351812"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83A27797-BF2E-FB19-9910-93E705F36CB1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4765,51 +4903,51 @@
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1726798" y="1297236"/>
             <a:ext cx="8738002" cy="5408364"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3968436560"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA8A020C-F8B3-47DF-FDD8-76C4D1DE4E14}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4862,51 +5000,51 @@
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1283781" y="941605"/>
             <a:ext cx="9624438" cy="5551269"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1540445613"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7874CD19-BAD9-CE6B-8AAC-DA7133254C6C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5007,51 +5145,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1851503" y="1913467"/>
             <a:ext cx="8488993" cy="4460842"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="25204942"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD00F5B1-028B-7E21-B193-CFB807010178}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5193,51 +5331,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1625053" y="1303522"/>
             <a:ext cx="8941893" cy="3517750"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4215173177"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8616BB65-A308-16FC-B587-A6F5B9A41CC4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5307,51 +5445,51 @@
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4055688" y="1825624"/>
             <a:ext cx="4080623" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3128370482"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8539DB6-4D72-6290-90B5-E9B13156DBAF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5442,51 +5580,145 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>etc</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>,?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2612758886"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F03C791D-CA3F-3003-7898-E5E524D887AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Caveats</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Content Placeholder 4" descr="A yellow sign with a black circle and text&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FB03BE5-40BB-524F-C1D1-56B5D4437CE8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3369733" y="1478227"/>
+            <a:ext cx="5249334" cy="5249334"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="532466580"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C085BBC0-F750-7D87-0504-935DC1C60961}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5658,145 +5890,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6244166" y="1490134"/>
             <a:ext cx="4559664" cy="3217333"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4290885470"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...93 lines deleted...]
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31D6EC58-7192-5CC9-F836-40C3326DA634}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5947,902 +6085,1032 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7459132" y="3867362"/>
             <a:ext cx="3750733" cy="2625513"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1476923469"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
-[...103 lines deleted...]
-
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{059D5F89-A19D-1A97-E8B1-9B9BAE1683D2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B2027A5-A477-3476-3390-2E12D8F6F10D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Major sticking points for next-token prediction</a:t>
-[...6 lines deleted...]
-              <a:t>as an approach to AI</a:t>
+              <a:t>But</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CCFFD3E-74C7-EC69-B348-11166B6E96D0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{473E6D5E-530A-23A6-B409-9433DA8839E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...16 lines deleted...]
-          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>I can’t predict where it will break down in building AI systems.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>It certainly went a lot further than I thought it would five years ago.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4072254226"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1676860110"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CABD72E-22C1-158A-55F5-BF78CB20FF18}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{059D5F89-A19D-1A97-E8B1-9B9BAE1683D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Major sticking points for next-token prediction</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>as an approach to AI</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CCFFD3E-74C7-EC69-B348-11166B6E96D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
               <a:t>Non-text modalities</a:t>
             </a:r>
           </a:p>
-        </p:txBody>
-[...69 lines deleted...]
-            </a:r>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t>Human interactions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t>Meta-knowledge</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="597533294"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4072254226"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7362B794-EE68-6C88-0045-37BCC6F83F1E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CABD72E-22C1-158A-55F5-BF78CB20FF18}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Tactile sense in humans and animals</a:t>
+              <a:t>Non-text modalities</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60390769-1D45-03F3-6F44-C4CE2DAAB4CD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE0C6392-E660-8033-A084-50BC3BE32394}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
-[...23 lines deleted...]
-          </a:p>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-[...6 lines deleted...]
-              <a:t>” by Ariel Bleicher, Quanta Magazine, April 16, 2025.</a:t>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
+              <a:t>The underlying structure and information content of</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
+              <a:t>Images</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
+              <a:t>Video</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
+              <a:t>Interaction with the world</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
+              <a:t>Non-speech audio</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
+              <a:t>Tactile sense</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...23 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
+              <a:t>is very different from text, and hard to integrate with text.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="484404160"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="597533294"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2395DFDF-4A34-709E-7940-3D3A8BC83444}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7362B794-EE68-6C88-0045-37BCC6F83F1E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Reasoning about human interactions</a:t>
+              <a:t>Tactile sense in humans and animals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C511032-A63C-D104-036E-4CB6D20BEDD7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60390769-1D45-03F3-6F44-C4CE2DAAB4CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Is extremely complex</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Hard to build devices that measure, record, generate etc.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Hard to model</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Does not lend itself to current learning techniques</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...18 lines deleted...]
-              <a:t>Jail breaks</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>“Touch, Our Most Complex Sense, Is a Landscape of Cellular Sensors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>” by Ariel Bleicher, Quanta Magazine, April 16, 2025.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Why Today’s Humanoids Won’t Learn Dexterity</a:t>
+            </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>AIs need rich mental models of their interlocutors, much deeper than guardrails generated by RLHF.</a:t>
-            </a:r>
+              <a:t>by Rodney Brooks,  blog</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2488441905"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="484404160"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CC9757D-A3D9-DD2F-E991-FA0E8146E2D8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2395DFDF-4A34-709E-7940-3D3A8BC83444}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Meta-knowledge</a:t>
+              <a:t>Reasoning about human interactions</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB6B734E-5709-DFC9-3F1D-27B910E064C8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C511032-A63C-D104-036E-4CB6D20BEDD7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...47 lines deleted...]
-              <a:t>What errors am I prone to? Where should I be especially careful?</a:t>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Chatbots are notoriously flawed.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Obsequious</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Uncooperative or hostile</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Jail breaks</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Etc.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>AIs need rich mental models of their interlocutors, much deeper than guardrails generated by RLHF.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1517605020"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2488441905"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CC9757D-A3D9-DD2F-E991-FA0E8146E2D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Meta-knowledge</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB6B734E-5709-DFC9-3F1D-27B910E064C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What do I know?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What don’t I know?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What actions can I carry out to I find out what I need to?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t>Physical actions to enable perceptions.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t>Using computational tools to calculate.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t>Looking things up on the web.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t>Asking a human being.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What errors am I prone to? Where should I be especially careful?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1517605020"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69530DAB-E24B-DDFE-F595-9EAC161F8B7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Insights from cognitive science</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CD7C44A-A47B-9C52-784C-317EE3BD0CED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Multiple modules. No silver bullet.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Explicit world models</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Shared knowledge between modalities. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>“Mentalese.” Symbolic substrate for representation and reasoning.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Studies of human and animal perception and manipulation.</a:t>
+              <a:t>Empirical studies of human and animal perception and manipulation.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Empirical studies of memory, analogy, planning, and high-level learning.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Gary Marcus and E.D., </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>Rebooting AI </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>(2019)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3624765481"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{660FDD4A-B765-9986-FC46-80127101DE69}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D2AD744-753D-B479-6C53-764383D86497}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="4400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0"/>
+              <a:t>                              </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="6000" dirty="0"/>
+              <a:t>Thank you!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2631124469"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7275,51 +7543,51 @@
               <a:t>HellaSWAG</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>) are seriously flawed,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>Scoring well on a benchmark does not mean that the system has to any significant degree mastered commonsense reasoning.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>Scoring less than 100% does not mean that there are significant gaps in the system’s abilities. It may just be failing on flawed problems.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0"/>
-              <a:t>Also data leakage.</a:t>
+              <a:t>Data leakage is a serious problem.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="925006480"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -7451,258 +7719,234 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9846924-BE49-2606-7251-C51949C77B8A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD9E1E9B-628E-F224-6AF3-ED1B6C761639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="5400" dirty="0"/>
-[...11 lines deleted...]
-              <a:t>)</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Examples of commonsense knowledge</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAF97AB9-1BD2-55B6-E390-342FA77AF0C6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27582EE0-930D-95D7-CF7D-A73D0EE91935}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...17 lines deleted...]
-            </a:r>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t>An object released with no support generally falls down.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t>People who do not know your language are unlikely to understand what you are saying.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t>People object to being punched in the nose.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2801152182"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1643426141"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD1EA596-D2F1-6BE0-10F5-EFDDFE7C9192}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9846924-BE49-2606-7251-C51949C77B8A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
-          </p:nvPr>
-[...28 lines deleted...]
-            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1808692"/>
-            <a:ext cx="10515600" cy="4351338"/>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="10515600" cy="2598208"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400" dirty="0"/>
+              <a:t>Claim: As far as I can tell,</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="5400" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400" dirty="0"/>
+              <a:t>(subject to the above caveats</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAF97AB9-1BD2-55B6-E390-342FA77AF0C6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="3098799"/>
+            <a:ext cx="10515600" cy="3078163"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...30 lines deleted...]
-              <a:t>Do not involve interpersonal relations between the bot and the users</a:t>
+              <a:rPr lang="en-US" sz="4800" dirty="0"/>
+              <a:t>ChatGPT-5 Reasoning can almost always correctly carry out commonsense reasoning over a large and important (though by no means exhaustive) class of problems.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3678564412"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2801152182"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
@@ -8301,109 +8545,111 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1431</Words>
+  <Words>1519</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>132</Paragraphs>
-  <Slides>27</Slides>
+  <Paragraphs>142</Paragraphs>
+  <Slides>29</Slides>
   <Notes>2</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>27</vt:i4>
+        <vt:i4>29</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="31" baseType="lpstr">
+    <vt:vector size="33" baseType="lpstr">
       <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Aptos Display</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>The Current State of  AI Commonsense Reasoning And the Role of Cognitive Science</vt:lpstr>
       <vt:lpstr>Caveats</vt:lpstr>
       <vt:lpstr>Impossible to keep current with  the state of the art in AI</vt:lpstr>
       <vt:lpstr>Increasing secretiveness of OpenAI</vt:lpstr>
       <vt:lpstr>Increasing secretiveness of DeepMind (often)</vt:lpstr>
       <vt:lpstr>It is especially difficult to know the current state of AI commonsense reasoning</vt:lpstr>
       <vt:lpstr>Characteristics of commonsense reasoning</vt:lpstr>
+      <vt:lpstr>Examples of commonsense knowledge</vt:lpstr>
       <vt:lpstr>Claim: As far as I can tell, (subject to the above caveats)</vt:lpstr>
       <vt:lpstr>To be specific</vt:lpstr>
       <vt:lpstr>Best I have been able to do so far:  (I have not done a lot of experimentation.)</vt:lpstr>
       <vt:lpstr>GPT-5 Thinking: Answer</vt:lpstr>
       <vt:lpstr>GPT-5 Thinking still gives foolish answers:</vt:lpstr>
       <vt:lpstr>Problems with a non-text element</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Ill-formed question</vt:lpstr>
       <vt:lpstr>Other models</vt:lpstr>
       <vt:lpstr>Vince Conitzer Experiment on AIOverview</vt:lpstr>
       <vt:lpstr>The $N Billion question (or not)</vt:lpstr>
       <vt:lpstr>Is GPT-5 Reasoning</vt:lpstr>
       <vt:lpstr>Rephrase the question:  Does next-token prediction suffice for general commonsense reasoning?</vt:lpstr>
       <vt:lpstr>But</vt:lpstr>
       <vt:lpstr>Major sticking points for next-token prediction as an approach to AI</vt:lpstr>
       <vt:lpstr>Non-text modalities</vt:lpstr>
       <vt:lpstr>Tactile sense in humans and animals</vt:lpstr>
       <vt:lpstr>Reasoning about human interactions</vt:lpstr>
       <vt:lpstr>Meta-knowledge</vt:lpstr>
       <vt:lpstr>Insights from cognitive science</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Ernest Davis</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>